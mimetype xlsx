--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -505,199 +505,199 @@
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Salim Oujjet</t>
         </is>
       </c>
       <c r="D2" t="n">
         <v>4.9</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>bouteille (non vrac)</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H2" t="n">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3" ht="20" customHeight="1">
       <c r="A3" t="inlineStr">
         <is>
           <t>Chocolat au caramel</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>SUCRÉ</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Salim Oujjet</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>4</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>tablette (non vrac)</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H3" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" t="inlineStr">
         <is>
           <t>Chocolat au lait</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>SUCRÉ</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Salim Oujjet</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>3</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>tablette (non vrac)</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H4" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" t="inlineStr">
         <is>
           <t>Fraises</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>FRAIS</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Fleuriste</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>16</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>kg (vrac)</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H5" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" t="inlineStr">
         <is>
           <t>Sable</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>PRODUITS D'ENTRETIEN</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Carrière</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>2</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>kg (vrac)</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H6" t="n">
-        <v>997.5</v>
+        <v>987.9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>