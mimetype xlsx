--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -667,37 +667,37 @@
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>kg (vrac)</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H6" t="n">
         <v>987.9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>