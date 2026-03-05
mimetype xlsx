--- v2 (2026-01-16)
+++ v3 (2026-03-05)
@@ -619,51 +619,51 @@
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Fleuriste</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>16</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>✔</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>kg (vrac)</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>✘</t>
         </is>
       </c>
       <c r="H5" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" ht="20" customHeight="1">
       <c r="A6" t="inlineStr">
         <is>
           <t>Sable</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>PRODUITS D'ENTRETIEN</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Carrière</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>2</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>✔</t>
         </is>