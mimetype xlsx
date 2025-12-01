--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -417,51 +417,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="40" customWidth="1" min="1" max="1"/>
     <col width="70" customWidth="1" min="2" max="2"/>
     <col width="40" customWidth="1" min="3" max="3"/>
     <col width="20" customWidth="1" min="4" max="4"/>
   </cols>
   <sheetData>
     <row r="1" ht="20" customFormat="1" customHeight="1" s="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Foyer</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Membres</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
@@ -501,44 +501,60 @@
         <is>
           <t>Jean, Jérôme</t>
         </is>
       </c>
       <c r="C3" t="inlineStr"/>
       <c r="D3" s="2" t="n">
         <v>45927</v>
       </c>
     </row>
     <row r="4" ht="20" customHeight="1">
       <c r="A4" t="inlineStr">
         <is>
           <t>Maison Rouge</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Anouk, Romuald, Tanya</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
       <c r="D4" s="2" t="n">
         <v>45927</v>
       </c>
     </row>
+    <row r="5" ht="20" customHeight="1">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>tarantule</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>naud</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr"/>
+      <c r="D5" s="2" t="n">
+        <v>45983</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>