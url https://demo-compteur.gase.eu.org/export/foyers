--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -524,37 +524,37 @@
       </c>
     </row>
     <row r="5" ht="20" customHeight="1">
       <c r="A5" t="inlineStr">
         <is>
           <t>tarantule</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>naud</t>
         </is>
       </c>
       <c r="C5" t="inlineStr"/>
       <c r="D5" s="2" t="n">
         <v>45983</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>