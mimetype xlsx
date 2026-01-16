--- v0 (2025-10-10)
+++ v1 (2026-01-16)
@@ -483,37 +483,37 @@
       </c>
       <c r="B3" t="inlineStr"/>
       <c r="C3" t="inlineStr"/>
     </row>
     <row r="4" ht="35" customHeight="1">
       <c r="A4" t="inlineStr">
         <is>
           <t>Salim Oujjet</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>moi 
 010101010101</t>
         </is>
       </c>
       <c r="C4" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>